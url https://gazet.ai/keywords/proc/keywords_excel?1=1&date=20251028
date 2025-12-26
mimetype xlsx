--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -542,62 +542,62 @@
   <si>
     <t>라코스테 경량패딩 여성</t>
   </si>
   <si>
     <t>착한 여자 부세미 재방송 시간</t>
   </si>
   <si>
     <t>듀엣나이트어비스 사전예약</t>
   </si>
   <si>
     <t>누난 내게 여자야 공식영상</t>
   </si>
   <si>
     <t>독감예방접종 후 운동</t>
   </si>
   <si>
     <t>피지컬 아시아 공식영상</t>
   </si>
   <si>
     <t>이숙캠 갤러리</t>
   </si>
   <si>
     <t>청송사과축제 2025 초대가수</t>
   </si>
   <si>
+    <t>뮤직페스티벌 2025</t>
+  </si>
+  <si>
+    <t>빕스 skt 50%</t>
+  </si>
+  <si>
+    <t>신통의원</t>
+  </si>
+  <si>
     <t>태풍상사 1화</t>
   </si>
   <si>
-    <t>뮤직페스티벌 2025</t>
-[...7 lines deleted...]
-  <si>
     <t>신사장 프로젝트 치킨</t>
   </si>
   <si>
     <t>자두 가수 노래</t>
   </si>
   <si>
     <t>카오스 제로 나이트메어 티어 표</t>
   </si>
   <si>
     <t>유플투쁠 10월 퀴즈</t>
   </si>
   <si>
     <t>쿠자 스텐팬</t>
   </si>
   <si>
     <t>내일은 사랑 ost</t>
   </si>
   <si>
     <t>피지컬 아시아 참가자</t>
   </si>
   <si>
     <t>두근두근1등찍기10월28일</t>
   </si>
   <si>
     <t>연세신통의원</t>
@@ -605,57 +605,57 @@
   <si>
     <t>디스커버리 여성 경량패딩</t>
   </si>
   <si>
     <t>청송사과축제 2025 기본정보</t>
   </si>
   <si>
     <t>두근두근1등찍기10월25일</t>
   </si>
   <si>
     <t>두근두근1등찍기10월27일</t>
   </si>
   <si>
     <t>일산역 서해선 시간표</t>
   </si>
   <si>
     <t>대곡역 서해선 시간표</t>
   </si>
   <si>
     <t>런던베이글뮤지엄 사망</t>
   </si>
   <si>
     <t>블랙야크 경량패딩 여성</t>
   </si>
   <si>
+    <t>코스트코 타이어 교체</t>
+  </si>
+  <si>
+    <t>한남동 미용실</t>
+  </si>
+  <si>
     <t>만정방</t>
-  </si>
-[...4 lines deleted...]
-    <t>한남동 미용실</t>
   </si>
   <si>
     <t>두근두근1등찍기10월21일</t>
   </si>
   <si>
     <t>유플투쁠 10월28일</t>
   </si>
   <si>
     <t>착한여자 부세미 9화</t>
   </si>
   <si>
     <t>태풍상사 주인공</t>
   </si>
   <si>
     <t>후쿠오카 11월 말 날씨</t>
   </si>
   <si>
     <t>11기 상철 인스타</t>
   </si>
   <si>
     <t>로이킴 달리 표현할 수 없어요</t>
   </si>
   <si>
     <t>문월 최정</t>
   </si>